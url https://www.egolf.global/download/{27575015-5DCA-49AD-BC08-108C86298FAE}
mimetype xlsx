--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\icbmo\Desktop\EGOLF\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\icbmo\Documents\TRANSCEND as of 05-02-2024\1\PLENARY\N700-799\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{26722CEE-50E4-41D2-B6DD-1CD640C8AC4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0465E840-AB4C-4DEE-8D31-66D9EAA5E5F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13335" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="12975" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EGAs" sheetId="2" r:id="rId1"/>
     <sheet name="EGRs" sheetId="3" r:id="rId2"/>
     <sheet name="EGPs" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Stefan van de Wetering - Personal View" guid="{D8B856CC-D98F-4D9B-B775-8EAB1FF8C454}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1085" windowHeight="966" activeSheetId="1"/>
   </customWorkbookViews>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1287" uniqueCount="617">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1295" uniqueCount="622">
   <si>
     <t>EN 13823</t>
   </si>
   <si>
     <t>Current</t>
   </si>
   <si>
     <t>Cross-referenced test standards and product standards</t>
   </si>
   <si>
     <t>Obsolete</t>
   </si>
   <si>
     <t>Fire Resistance</t>
   </si>
   <si>
     <t>Reaction to Fire</t>
   </si>
   <si>
     <t>Section relevance</t>
   </si>
   <si>
     <t>Document title/subject</t>
   </si>
   <si>
@@ -2000,50 +2000,65 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> EGOLF Recommendation 058rev1-2020</t>
     </r>
   </si>
   <si>
     <t>EN 1366-13</t>
   </si>
   <si>
     <t>EGOLF POSITION PAPERS (EGPs) - Errors or problems with a standard for attention of relevant CEN body (Issued January 2023)</t>
   </si>
   <si>
     <t>EGOLF RECOMMENDATIONS (EGRs) - Best Practice (Issued January 2023)</t>
   </si>
   <si>
     <t>EGOLF AGREEMENTS (EGAs) - Mandatory for all EGOLF members (Issued January 2023)</t>
   </si>
   <si>
     <t>EGOLF Recommendation 064-2024</t>
   </si>
   <si>
     <t>TC2 N979, Helpdesk 554</t>
   </si>
   <si>
     <t>Additional supports and reinforcement to rigid standard supporting cosntructions</t>
+  </si>
+  <si>
+    <t>EGOLF Recommendation 055rev1-2019</t>
+  </si>
+  <si>
+    <t>055-2019</t>
+  </si>
+  <si>
+    <t>Testing linear products in the SBI - revised</t>
+  </si>
+  <si>
+    <t>EN 13823 – EN ISO 11925-2</t>
+  </si>
+  <si>
+    <t>TC1 N797rev2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -2307,51 +2322,51 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="109">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2575,50 +2590,53 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hivatkozás" xfId="1" builtinId="8"/>
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -4363,52 +4381,52 @@
     </row>
   </sheetData>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3" xr:uid="{915793F6-7B0B-43D7-A942-59268001489A}">
       <formula1>#REF!</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G44:G45" xr:uid="{B55361EC-738A-4074-8140-FDF33C9E3A4A}">
       <formula1>$A$240:$A$243</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I44:I45" xr:uid="{786F474A-191E-497D-8502-CE1445E7EC95}">
       <formula1>$D$240:$D$245</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="D38" r:id="rId1" display="http://www.egolf.org.uk/reference-documents/2035/EGR 76.pdf" xr:uid="{5FFE3EF2-580D-424B-9700-907551A041F8}"/>
     <hyperlink ref="D39" r:id="rId2" display="http://www.egolf.org.uk/reference-documents/2036/EGR 77.pdf" xr:uid="{EDB5B69A-366C-4CB6-BA06-7E549811654F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1FFEA2EA-2F10-45E5-A5E0-E3586DA8BC61}">
   <dimension ref="A1:AK174"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A101" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C107" sqref="C107"/>
+    <sheetView tabSelected="1" topLeftCell="A97" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C108" sqref="C108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="51.59765625" customWidth="1"/>
     <col min="2" max="2" width="26.3984375" style="86" customWidth="1"/>
     <col min="3" max="3" width="38" style="89" customWidth="1"/>
     <col min="4" max="4" width="65.796875" customWidth="1"/>
     <col min="5" max="5" width="58" customWidth="1"/>
     <col min="6" max="6" width="21.86328125" customWidth="1"/>
     <col min="7" max="7" width="33.265625" customWidth="1"/>
     <col min="8" max="8" width="35.59765625" customWidth="1"/>
     <col min="9" max="9" width="34.1328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="94" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B2" s="3" t="s">
@@ -7294,58 +7312,77 @@
         <v>22</v>
       </c>
       <c r="C104" s="106" t="s">
         <v>615</v>
       </c>
       <c r="D104" s="89" t="s">
         <v>616</v>
       </c>
       <c r="E104" s="89" t="s">
         <v>125</v>
       </c>
       <c r="F104" s="89" t="s">
         <v>213</v>
       </c>
       <c r="G104" s="89" t="s">
         <v>1</v>
       </c>
       <c r="H104" s="107">
         <v>45572</v>
       </c>
       <c r="I104" s="89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:37" ht="30" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A105" s="86"/>
-[...6 lines deleted...]
-      <c r="I105" s="89"/>
+      <c r="A105" s="105" t="s">
+        <v>617</v>
+      </c>
+      <c r="B105" s="106" t="s">
+        <v>618</v>
+      </c>
+      <c r="C105" s="106" t="s">
+        <v>621</v>
+      </c>
+      <c r="D105" s="89" t="s">
+        <v>619</v>
+      </c>
+      <c r="E105" s="89" t="s">
+        <v>620</v>
+      </c>
+      <c r="F105" s="89" t="s">
+        <v>213</v>
+      </c>
+      <c r="G105" s="89" t="s">
+        <v>1</v>
+      </c>
+      <c r="H105" s="108">
+        <v>46051</v>
+      </c>
+      <c r="I105" s="89" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="106" spans="1:37" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A106" s="86"/>
       <c r="B106" s="89"/>
       <c r="D106" s="89"/>
       <c r="E106" s="89"/>
       <c r="F106" s="89"/>
       <c r="G106" s="89"/>
       <c r="H106" s="89"/>
       <c r="I106" s="89"/>
     </row>
     <row r="107" spans="1:37" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A107" s="86"/>
       <c r="B107" s="89"/>
       <c r="D107" s="89"/>
       <c r="E107" s="89"/>
       <c r="F107" s="89"/>
       <c r="G107" s="89"/>
       <c r="H107" s="89"/>
       <c r="I107" s="89"/>
     </row>
     <row r="108" spans="1:37" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A108" s="86"/>
       <c r="B108" s="89"/>
       <c r="D108" s="89"/>